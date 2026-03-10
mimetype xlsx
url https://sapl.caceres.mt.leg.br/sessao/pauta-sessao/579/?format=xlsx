--- v0 (2025-12-11)
+++ v1 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="82">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Período</t>
   </si>
   <si>
     <t>Matéria</t>
   </si>
   <si>
     <t>Autor</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>Situação</t>
   </si>
   <si>
     <t>ordem dia</t>
   </si>
   <si>
     <t>Indicação nº 828 de 2025</t>
   </si>
   <si>
@@ -191,73 +191,76 @@
   <si>
     <t>Indicação nº 843 de 2025</t>
   </si>
   <si>
     <t>FRANCO VALÉRIO</t>
   </si>
   <si>
     <t>“Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Assistência Social e Cidadania, a criação de um Programa Municipal de Inserção Produtiva voltado à população em situação de rua, com foco na oferta de frentes de trabalho temporárias e oportunidades de ocupação e geração de renda, visando promover autonomia, dignidade e reintegração social no município de Cáceres.”</t>
   </si>
   <si>
     <t>Indicação nº 844 de 2025</t>
   </si>
   <si>
     <t>“Indica ao Poder Executivo Municipal, por meio da Secretaria Municipal de Meio Ambiente e Desenvolvimento Econômico, a necessidade de elaborar e implementar um Programa Municipal de Arborização Urbana, alinhado ao PLANAU – Plano Nacional de Arborização Urbana e ao modelo estratégico 3–30–300, visando ampliar a cobertura verde, melhorar o conforto térmico, promover sustentabilidade urbana e garantir qualidade de vida à população de Cáceres.”</t>
   </si>
   <si>
     <t>Requerimento nº 279 de 2025</t>
   </si>
   <si>
     <t>Requerimento à Prefeita Municipal de Cáceres, Antônia Eliene Liberato Dias, e à Secretaria Municipal de Planejamento, informações sobre o andamento do Programa de Regularização Fundiária Urbana – REURB, bem como sobre a entrega das escrituras dos imóveis nos bairros Santos Dumont e Junco (Vila Fifi).Requer-se: 1 - Situação atual do REURB nos bairros mencionados; 2- Se há outros bairros na mesma condição e os motivos; 3- Etapas concluídas e pendentes, com prazos; 4- Quantidade de imóveis regularizados e beneficiários cadastrados; 5 - Previsão para entrega das escrituras, considerando a espera superior a quatro anos; 6 - Nome do responsável técnico e equipe encarregada pelo processo.</t>
   </si>
   <si>
     <t>Requerimento nº 280 de 2025</t>
   </si>
   <si>
+    <t>ELIS ENFERMEIRA,JERÔNIMO GONÇALVES,PASTORELLO</t>
+  </si>
+  <si>
     <t>“Requer ao Executivo Municipal, no prazo legal, informações detalhadas sobre os motivos pelos quais o contrato de administração da Rodoviária de Cáceres (Terminal Rodoviário) permanece vigente, mesmo diante das inúmeras irregularidades relatadas e amplamente percebidas pela população.</t>
   </si>
   <si>
+    <t>Projeto de Lei Complementar (Executivo) nº 20 de 2025</t>
+  </si>
+  <si>
+    <t>Antônia Eliene Liberato Dias - Prefeita</t>
+  </si>
+  <si>
+    <t>Reajusta o piso salarial municipal dos profissionais da área da saúde – técnicos, auxiliares de enfermagem, do Município de Cáceres/MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>Não informada</t>
+  </si>
+  <si>
     <t>Projeto de Lei (Executivo) nº 37 de 2025</t>
-  </si>
-[...1 lines deleted...]
-    <t>Antônia Eliene Liberato Dias - Prefeita</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial em favor da Secretaria Municipal de Assistência Social e Cidadania, e dá outras _x000D_
 providências.</t>
   </si>
   <si>
     <t>Aguardando Emissão(ões) de Parecer(es)</t>
-  </si>
-[...7 lines deleted...]
-    <t>Não informada</t>
   </si>
   <si>
     <t>Requerimento nº 281 de 2025</t>
   </si>
   <si>
     <t>PASTORELLO</t>
   </si>
   <si>
     <t>REITERA pedido de informações constante do Requerimento nº 229/2025, ante a resposta incompleta, evasiva e a omissão de documentos fundamentais no Ofício nº 1.836/2025-GP/PMC, referentes ao Acordo de Cooperação nº 003/2025 (55ª EXPOCÁCERES).</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Projeto de Lei (Executivo) nº 41 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial em favor da Secretaria Municipal de Saúde, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei (Executivo) nº 42 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de Crédito Adicional Especial em favor da Secretaria Municipal de Saúde e dá outras providências.</t>
   </si>
@@ -609,51 +612,51 @@
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="11.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="49.7109375" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="37" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="48.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="255.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="37.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2" spans="1:6">
@@ -1005,254 +1008,254 @@
       </c>
       <c r="C19" t="s">
         <v>53</v>
       </c>
       <c r="D19" t="s">
         <v>46</v>
       </c>
       <c r="E19" t="s">
         <v>54</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20">
         <v>10687</v>
       </c>
       <c r="B20" t="s">
         <v>6</v>
       </c>
       <c r="C20" t="s">
         <v>55</v>
       </c>
       <c r="D20" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="E20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21">
-        <v>10494</v>
+        <v>10698</v>
       </c>
       <c r="B21" t="s">
         <v>6</v>
       </c>
       <c r="C21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22">
-        <v>10698</v>
+        <v>10494</v>
       </c>
       <c r="B22" t="s">
         <v>6</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="F22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23">
         <v>10691</v>
       </c>
       <c r="B23" t="s">
         <v>6</v>
       </c>
       <c r="C23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="E23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F23" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24">
         <v>10642</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D24" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25">
         <v>10643</v>
       </c>
       <c r="B25" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="F25" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26">
         <v>10688</v>
       </c>
       <c r="B26" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D26" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F26" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27">
         <v>10698</v>
       </c>
       <c r="B27" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C27" t="s">
+        <v>58</v>
+      </c>
+      <c r="D27" t="s">
+        <v>59</v>
+      </c>
+      <c r="E27" t="s">
+        <v>60</v>
+      </c>
+      <c r="F27" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28">
         <v>10677</v>
       </c>
       <c r="B28" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C28" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D28" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="E28" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F28" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29">
         <v>10532</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C29" t="s">
+        <v>78</v>
+      </c>
+      <c r="D29" t="s">
+        <v>59</v>
+      </c>
+      <c r="E29" t="s">
+        <v>79</v>
+      </c>
+      <c r="F29" t="s">
         <v>77</v>
-      </c>
-[...7 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="30" spans="1:6">
       <c r="A30">
         <v>10695</v>
       </c>
       <c r="B30" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C30" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D30" t="s">
         <v>39</v>
       </c>
       <c r="E30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F30" t="s">
         <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>