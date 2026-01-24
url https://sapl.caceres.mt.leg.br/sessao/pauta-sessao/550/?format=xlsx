--- v0 (2025-10-01)
+++ v1 (2026-01-24)
@@ -266,51 +266,51 @@
   </si>
   <si>
     <t>“Dispõe sobre a concessão de Diploma de Ordem do Mérito à Excelentíssima Juíza Federal DRA. Fernanda Gattass Oliveira Fidelis, e dá outras providências.”</t>
   </si>
   <si>
     <t>Requerimento nº 190 de 2025</t>
   </si>
   <si>
     <t>PASTORELLO,ELIS ENFERMEIRA,FLÁVIO NEGAÇÃO,JERÔNIMO GONÇALVES,MANGA ROSA</t>
   </si>
   <si>
     <t>Solicita informações detalhadas sobre o_x000D_
 Processo de Seleção nº 01/2025, referente à_x000D_
 autorização onerosa de uso de espaço público para_x000D_
 instalação de parque de diversões durante o 42º_x000D_
 Festival Internacional de Pesca Esportiva, e a_x000D_
 destinação das cortesias.</t>
   </si>
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Moção nº 39 de 2025</t>
   </si>
   <si>
-    <t>“Moção de Aplausos ao Senhor JÚNIOR JUSTINO DE MORAES, em reconhecimento pelo trabalho exemplar que vem desenvolvendo com a Empresa Moraes Sucatas, na área de reciclagem no município de Cáceres – MT.”</t>
+    <t>“Moção de Aplausos ao Senhor JÚNIOR JUSTINO DE MORAES e à Senhora LUCIANE FERREIRA FRANÇA, em reconhecimento pelo trabalho exemplar que vem desenvolvendo com a Empresa Moraes Sucatas, na área de reciclagem no município de Cáceres – MT.”</t>
   </si>
   <si>
     <t>Moção nº 40 de 2025</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, no uso de suas atribuições regimentais, propõe à nobre Mesa, com a anuência do Augusto e Soberano Plenário, que seja registrada nos Anais desta Casa Moção de Aplausos ao 3º Sgt PM Siderlei Sebastião Custódio Martins, 3º Sgt PM Elton Surubi da Silva, 3º Sgt PM Roberto Rivelino Rodrigues de Souza, Sd PM Fagner Neris dos Santos e Sd PM Valdinei Durão de Souza, em reconhecimento pela exemplar dedicação, pelo elevado comprometimento com a população e pelo notável zelo para com o próximo.</t>
   </si>
   <si>
     <t>Projeto de Lei (Executivo) nº 23 de 2025</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação de Créditos do Município de Cáceres - Programa REFIS 2025, e dá outras providências</t>
   </si>
   <si>
     <t>Aguardando Emissão(ões) de Parecer(es)</t>
   </si>
   <si>
     <t>Moção nº 41 de 2025</t>
   </si>
   <si>
     <t>PROFESSOR DOMINGOS,ALEX LEAL,ELIS ENFERMEIRA,FLÁVIO NEGAÇÃO,FRANCO VALÉRIO,ISAÍAS BEZERRA,JERÔNIMO GONÇALVES,JORGE AUGUSTO,MAGALY,MANGA ROSA,MARCOS RIBEIRO,PACHECO CABELEIREIRO,PASTORELLO,PASTOR JÚNIOR,RUBENS MACEDO</t>
   </si>
   <si>
     <t>“O Vereador que abaixo subscreve, consultado o augusto e soberano Plenário, na forma regimental, vem através desta, manifestar sua solidariedade e encaminhar a presente MOÇÃO DE PESAR à família, pelo falecimento do Professor Sr. Sebastião Romeu da Costa Arruda aos 65 anos, ocorrido no Domingo dia 10 de Agosto 2025. Conhecido como Professor Romeu, ele marcou sua trajetória como Professor, Graduado em pedagogia, Especialista em Metodologia do Ensino,(UFMT), Ingressou na Educação em 1982 como Coordenador Pedagógico da Escola Estadual Duque de Caxias, Diretor da Escola Estadual Onze de Março e Assessor Pedagógico desde 1994 até 2011 em Cáceres/MT.</t>
   </si>